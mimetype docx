--- v0 (2026-01-18)
+++ v1 (2026-02-09)
@@ -9501,560 +9501,497 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="006122E2" w:rsidP="00BA487D" w:rsidRDefault="006122E2" w14:paraId="34CE0A41" wp14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00FA1BFA" w:rsidR="00E744C7" w:rsidP="006122E2" w:rsidRDefault="006122E2" w14:paraId="62EBF3C5" wp14:textId="77777777">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00714F70" w:rsidR="00BA487D" w:rsidP="00BA487D" w:rsidRDefault="00BA487D" w14:paraId="684D760F" wp14:textId="77777777">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00714F70" w:rsidR="00BA487D" w:rsidP="00BA487D" w:rsidRDefault="00BA487D" w14:paraId="684D760F" wp14:textId="698579B3">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00714F70">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:r w:rsidR="00306B6B">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00306B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">( A ) </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>( A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00306B6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>LE CHAMPIONNAT DE BELGIQUE.</w:t>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>LE CHAMPIONNAT DE BELGIQUE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="26FE7256">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="26FE7256">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00C774AE" w:rsidR="00BA487D" w:rsidP="00BA487D" w:rsidRDefault="00BA487D" w14:paraId="6D98A12B" wp14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007E2F5D" w:rsidP="00BA487D" w:rsidRDefault="00BA487D" w14:paraId="0D664FBB" wp14:textId="77777777">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007E2F5D" w:rsidP="4682EFB7" w:rsidRDefault="00BA487D" w14:paraId="69679C8D" wp14:textId="25A39BAE">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="000B7AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00AE6918">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>’année 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="55D30B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="000B7AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l’établissement du classement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00090F80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comptant pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00AF4B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>le championnat de Belgique se fera en additionnant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00972918">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tous</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les points</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00090F80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007E2F5D" w:rsidP="4682EFB7" w:rsidRDefault="00BA487D" w14:paraId="0D664FBB" wp14:textId="0F3C72DF">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6928">
-[...138 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00090F80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE6918" w:rsidR="007241A3">
-[...50 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="3EE2E967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">des 5 </w:t>
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="007241A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t>sur 8</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="000B7AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>meilleurs résultats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="075F2952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t>meilleurs résultats</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> sur les 9 concours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="007241A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00C05F25" w:rsidR="00C05F25" w:rsidP="4682EFB7" w:rsidRDefault="00BA487D" w14:paraId="72B2B537" wp14:textId="0BD716E1">
+      <w:pPr>
+        <w:pStyle w:val="Kop1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le maximum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="006842B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des points </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="006842B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>obtenables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="006842B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sera donc de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="17A42CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">90 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="007241A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...107 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">de 75 </w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>points</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C05F25">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="4682EFB7" w:rsidR="00BA487D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="007241A3" w:rsidP="00BA487D" w:rsidRDefault="00972918" w14:paraId="198F02A3" wp14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05F25">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -16927,58 +16864,68 @@
     <w:rsid w:val="00EA29B8"/>
     <w:rsid w:val="00EB58FB"/>
     <w:rsid w:val="00EC470C"/>
     <w:rsid w:val="00ED0E43"/>
     <w:rsid w:val="00EF166B"/>
     <w:rsid w:val="00F02F4D"/>
     <w:rsid w:val="00F06648"/>
     <w:rsid w:val="00F071BD"/>
     <w:rsid w:val="00F17783"/>
     <w:rsid w:val="00F17D85"/>
     <w:rsid w:val="00F21AF9"/>
     <w:rsid w:val="00F364F5"/>
     <w:rsid w:val="00F44681"/>
     <w:rsid w:val="00F4730B"/>
     <w:rsid w:val="00F7107A"/>
     <w:rsid w:val="00F86A4D"/>
     <w:rsid w:val="00F874AA"/>
     <w:rsid w:val="00F95E9F"/>
     <w:rsid w:val="00FB1957"/>
     <w:rsid w:val="00FB6928"/>
     <w:rsid w:val="00FD0ED3"/>
     <w:rsid w:val="00FE0982"/>
     <w:rsid w:val="00FE4E33"/>
     <w:rsid w:val="00FE7D36"/>
     <w:rsid w:val="00FF21A2"/>
+    <w:rsid w:val="075F2952"/>
     <w:rsid w:val="1693FA1B"/>
+    <w:rsid w:val="17A42CB5"/>
+    <w:rsid w:val="18113D8B"/>
     <w:rsid w:val="1A750426"/>
     <w:rsid w:val="1A927658"/>
     <w:rsid w:val="1EB508A3"/>
+    <w:rsid w:val="201FCE81"/>
+    <w:rsid w:val="24D7DF04"/>
+    <w:rsid w:val="26FE7256"/>
     <w:rsid w:val="2810ABEE"/>
     <w:rsid w:val="2BBECD9D"/>
     <w:rsid w:val="3122F481"/>
+    <w:rsid w:val="3C7C068E"/>
+    <w:rsid w:val="3EE2E967"/>
+    <w:rsid w:val="4682EFB7"/>
     <w:rsid w:val="4951864F"/>
+    <w:rsid w:val="55D30B09"/>
     <w:rsid w:val="5BCF9A8E"/>
     <w:rsid w:val="61E40E39"/>
     <w:rsid w:val="6C36EAAB"/>
     <w:rsid w:val="7E6AC74A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -17876,31 +17823,31 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>Unattended</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gebruiker</dc:creator>
   <keywords/>
   <lastModifiedBy>Stefaan De Hauwere</lastModifiedBy>
-  <revision>8</revision>
+  <revision>9</revision>
   <lastPrinted>2014-01-21T00:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>