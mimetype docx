--- v0 (2026-01-18)
+++ v1 (2026-02-09)
@@ -8124,442 +8124,439 @@
                 <w:b/>
                 <w:lang w:val="nl-NL"/>
               </w:rPr>
               <w:t>1 p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00801F57" w:rsidR="005068D0" w:rsidP="005068D0" w:rsidRDefault="005068D0" w14:paraId="3461D779" wp14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00801F57" w:rsidR="007A6DD1" w:rsidP="007A6DD1" w:rsidRDefault="007A6DD1" w14:paraId="3CF2D8B6" wp14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00E0587D" w:rsidR="009B21B9" w:rsidP="007F5231" w:rsidRDefault="007F5231" w14:paraId="0890ED70" wp14:textId="77777777">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00E0587D" w:rsidR="009B21B9" w:rsidP="2641756A" w:rsidRDefault="007F5231" w14:paraId="0890ED70" wp14:textId="66040E74">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="2641756A" w:rsidR="007F5231">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">9,- </w:t>
       </w:r>
-      <w:r w:rsidR="00294BA9">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="2641756A" w:rsidR="00294BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">( A ) </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>( A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="00294BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="009B21B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
         <w:t>BELGISCH KAMPIOENSCHAP</w:t>
       </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="0150DEA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="0150DEA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="001A7C9D" w:rsidR="001A7C9D" w:rsidP="00A86DE2" w:rsidRDefault="00D05C80" w14:paraId="0D9BD88C" wp14:textId="1AB8AA25">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="001A7C9D" w:rsidR="001A7C9D" w:rsidP="2641756A" w:rsidRDefault="00D05C80" w14:paraId="17854C91" wp14:textId="75AC4290">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00D05C80">
+      <w:r w:rsidRPr="2641756A" w:rsidR="00D05C80">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+      <w:r w:rsidRPr="2641756A" w:rsidR="00A86DE2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">et individueel klassement van een piloot </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00D05C80">
+      <w:r w:rsidRPr="2641756A" w:rsidR="00D05C80">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">wordt </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="003C51AB">
+      <w:r w:rsidRPr="2641756A" w:rsidR="003C51AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>opgemaakt</w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="009739B6">
+      <w:r w:rsidRPr="2641756A" w:rsidR="009739B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> volgens </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+      <w:r w:rsidRPr="2641756A" w:rsidR="00A86DE2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">zijn </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+      <w:r w:rsidRPr="2641756A" w:rsidR="15F077B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="001A7C9D" w:rsidR="001A7C9D" w:rsidP="00A86DE2" w:rsidRDefault="00D05C80" w14:paraId="0D9BD88C" wp14:textId="2A4219C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2641756A" w:rsidR="009739B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> beste</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="5695A63F">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="009739B6">
+      <w:r w:rsidRPr="2641756A" w:rsidR="076926E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>5 beste resultaten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="009739B6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="009739B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="009739B6">
+        <w:t xml:space="preserve"> beste resultaten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="009739B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">op </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="001A7C9D">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="001A7C9D">
+      <w:r w:rsidRPr="2641756A" w:rsidR="001A7C9D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">op 8 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+        <w:t xml:space="preserve">op </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="67E9ACBF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>wedstrijden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="001A7C9D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="00A86DE2">
+      <w:r w:rsidRPr="2641756A" w:rsidR="00A86DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>wedstrijden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="00A86DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="00A86DE2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="2830C734" w:rsidR="000654EC">
+      <w:r w:rsidRPr="2641756A" w:rsidR="000654EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="005B1725" w:rsidR="00A86DE2" w:rsidP="00A86DE2" w:rsidRDefault="000654EC" w14:paraId="2A001124" wp14:textId="77777777">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="005B1725" w:rsidR="00A86DE2" w:rsidP="00A86DE2" w:rsidRDefault="000654EC" w14:paraId="2A001124" wp14:textId="6E4F0AEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A7C9D">
+      <w:r w:rsidRPr="2641756A" w:rsidR="000654EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Het maximum </w:t>
       </w:r>
-      <w:r w:rsidRPr="001A7C9D" w:rsidR="007A6DD1">
+      <w:r w:rsidRPr="2641756A" w:rsidR="007A6DD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">zal dus </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003A2838" w:rsidR="007A6DD1">
+        <w:t xml:space="preserve">zal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="6E4C661C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">75 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D05C80" w:rsidR="007A6DD1">
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="009739B6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t>punten bedragen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A7C9D" w:rsidR="007A6DD1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="007A6DD1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
+        <w:t>pu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="007A6DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t>nten bedragen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2641756A" w:rsidR="007A6DD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B1725">
+      <w:r w:rsidRPr="2641756A" w:rsidR="000654EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidRPr="00294BA9" w:rsidR="000654EC" w:rsidP="00A86DE2" w:rsidRDefault="000654EC" w14:paraId="3F0D5BB9" wp14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294BA9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -14833,67 +14830,76 @@
     <w:rsid w:val="00EB7A81"/>
     <w:rsid w:val="00EC5626"/>
     <w:rsid w:val="00EC7910"/>
     <w:rsid w:val="00ED2764"/>
     <w:rsid w:val="00ED5C38"/>
     <w:rsid w:val="00F019B7"/>
     <w:rsid w:val="00F47D6A"/>
     <w:rsid w:val="00F50B20"/>
     <w:rsid w:val="00F65DFB"/>
     <w:rsid w:val="00F745DA"/>
     <w:rsid w:val="00F827BB"/>
     <w:rsid w:val="00F83BE2"/>
     <w:rsid w:val="00F94693"/>
     <w:rsid w:val="00F9693A"/>
     <w:rsid w:val="00FA061E"/>
     <w:rsid w:val="00FA1BFA"/>
     <w:rsid w:val="00FB36AB"/>
     <w:rsid w:val="00FD6F19"/>
     <w:rsid w:val="00FD7CA9"/>
     <w:rsid w:val="00FE1C11"/>
     <w:rsid w:val="00FE6C0E"/>
     <w:rsid w:val="00FE6F2A"/>
     <w:rsid w:val="00FF0EB5"/>
     <w:rsid w:val="00FF6D7B"/>
     <w:rsid w:val="00FF7D7F"/>
+    <w:rsid w:val="0150DEA1"/>
     <w:rsid w:val="0413D7A4"/>
     <w:rsid w:val="06DE43EA"/>
+    <w:rsid w:val="076926E3"/>
+    <w:rsid w:val="0B16CB6C"/>
     <w:rsid w:val="0CBFA14D"/>
+    <w:rsid w:val="15F077B1"/>
     <w:rsid w:val="16984D6E"/>
     <w:rsid w:val="22186656"/>
     <w:rsid w:val="24421060"/>
     <w:rsid w:val="25A01B89"/>
+    <w:rsid w:val="2641756A"/>
     <w:rsid w:val="2830C734"/>
     <w:rsid w:val="2C54BA7D"/>
     <w:rsid w:val="2D221B91"/>
     <w:rsid w:val="31789A83"/>
+    <w:rsid w:val="3C3137C7"/>
     <w:rsid w:val="44F4082B"/>
     <w:rsid w:val="4580EA2D"/>
     <w:rsid w:val="50B1D102"/>
     <w:rsid w:val="5695A63F"/>
     <w:rsid w:val="57549E17"/>
+    <w:rsid w:val="57DB188E"/>
+    <w:rsid w:val="67E9ACBF"/>
     <w:rsid w:val="6E169851"/>
+    <w:rsid w:val="6E4C661C"/>
     <w:rsid w:val="78DBDBED"/>
     <w:rsid w:val="7BF274B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -15924,30 +15930,30 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>Unattended</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Valued Acer Customer</dc:creator>
   <keywords/>
   <lastModifiedBy>Stefaan De Hauwere</lastModifiedBy>
-  <revision>7</revision>
+  <revision>8</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>